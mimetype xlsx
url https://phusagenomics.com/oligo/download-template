--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -1,133 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl"/>
-[...2 lines deleted...]
-  </bookViews>
   <sheets>
     <sheet name="Oligo Import" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B1"/>
-[...6 lines deleted...]
-  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="1"/>
     <col min="2" max="2" width="36" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Seq. name</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Sequence (5' - 3')</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Oligo Import</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>PhuSa</Company>
   <LinksUpToDate>false</LinksUpToDate>